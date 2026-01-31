--- v0 (2025-11-05)
+++ v1 (2026-01-31)
@@ -104,99 +104,97 @@
             </w:r>
             <w:r w:rsidR="0030402B">
               <w:t>6221</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51D8C4C9" w14:textId="77777777" w:rsidR="009964C0" w:rsidRDefault="009964C0" w:rsidP="009964C0">
             <w:pPr>
               <w:ind w:left="-270" w:firstLine="270"/>
               <w:rPr>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0402236C" w14:textId="77777777" w:rsidR="009964C0" w:rsidRDefault="009964C0" w:rsidP="009964C0">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03A45D47" wp14:editId="50759646">
                   <wp:extent cx="1207515" cy="1128104"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Picture 0"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="OK Kids Korral TKF.pdf"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1228220" cy="1147447"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="224687B8" w14:textId="77777777" w:rsidR="00A76C73" w:rsidRDefault="00A76C73" w:rsidP="00A76C73">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14241363" w14:textId="7448A749" w:rsidR="0018421C" w:rsidRPr="00A76C73" w:rsidRDefault="0018421C" w:rsidP="00A76C73">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -206,84 +204,70 @@
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>All information MUST be completed or referral will not be accepted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47088259" w14:textId="77777777" w:rsidR="0018421C" w:rsidRPr="00A76C73" w:rsidRDefault="0018421C" w:rsidP="00A76C73">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A76C73">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Forms must be submitted by medical staff – families can not refer themselves.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7D71D1" w14:textId="706BA72C" w:rsidR="00537F78" w:rsidRPr="00A76C73" w:rsidRDefault="0024590E" w:rsidP="00A76C73">
+    <w:p w14:paraId="2C7D71D1" w14:textId="027DF2C6" w:rsidR="00537F78" w:rsidRPr="00A76C73" w:rsidRDefault="000F0B05" w:rsidP="00A76C73">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A76C73">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Call Jordan</w:t>
-[...16 lines deleted...]
-      </w:r>
+        <w:t>Call Tami Powell</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="0027797F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> at 405.271.</w:t>
       </w:r>
       <w:r w:rsidR="0030402B" w:rsidRPr="00A76C73">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>6552 x 30800</w:t>
       </w:r>
       <w:r w:rsidR="0018421C" w:rsidRPr="00A76C73">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> with questions.</w:t>
       </w:r>
     </w:p>
@@ -2055,50 +2039,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00537F78"/>
+    <w:rsid w:val="000F0B05"/>
     <w:rsid w:val="001078FD"/>
     <w:rsid w:val="0018421C"/>
     <w:rsid w:val="00203B18"/>
     <w:rsid w:val="0024590E"/>
     <w:rsid w:val="0027797F"/>
     <w:rsid w:val="0030402B"/>
     <w:rsid w:val="00355C33"/>
     <w:rsid w:val="003934EB"/>
     <w:rsid w:val="003B5AA3"/>
     <w:rsid w:val="0042629A"/>
     <w:rsid w:val="004A661A"/>
     <w:rsid w:val="004F6220"/>
     <w:rsid w:val="005031B3"/>
     <w:rsid w:val="00533BC7"/>
     <w:rsid w:val="00537F78"/>
     <w:rsid w:val="005E26E0"/>
     <w:rsid w:val="0062626A"/>
     <w:rsid w:val="00684453"/>
     <w:rsid w:val="006F292B"/>
     <w:rsid w:val="00780E97"/>
     <w:rsid w:val="007C1AE8"/>
     <w:rsid w:val="007D3517"/>
     <w:rsid w:val="00852828"/>
     <w:rsid w:val="008B4C38"/>
     <w:rsid w:val="009964C0"/>
@@ -2934,68 +2919,68 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>434</Words>
-  <Characters>2478</Characters>
+  <Characters>2477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Tokeco</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2907</CharactersWithSpaces>
+  <CharactersWithSpaces>2906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Juliet Nees-Bright</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>